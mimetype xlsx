--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -5,71 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\Accounting\Booster Clubs\Booster Club FY 2025-26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B2476D69-0865-4C7A-B56C-311C90708804}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E3FF72C6-F5F8-4344-9687-7482D08D2377}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4A7D66EE-3662-44B8-AFDF-8B69236579AC}"/>
   </bookViews>
   <sheets>
     <sheet name="APPROVED BOOSTERS 25-26" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'APPROVED BOOSTERS 25-26'!$A$1:$C$56</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="77">
   <si>
     <t>SCHOOL</t>
   </si>
   <si>
     <t>DATE OF COMPLETION</t>
   </si>
   <si>
     <t>South Garland High School</t>
   </si>
   <si>
     <t>NAME OF BOOSTER CLUB 2025-2026</t>
   </si>
   <si>
     <t>South Garland High School Football Booster</t>
   </si>
   <si>
     <t>Sachse High School Swingsters Booster</t>
   </si>
   <si>
     <t xml:space="preserve">Sachse High School </t>
   </si>
   <si>
     <t>North Garland High School Football Booster</t>
   </si>
   <si>
@@ -117,53 +117,50 @@
   <si>
     <t>Coyle Middle School Band Booster</t>
   </si>
   <si>
     <t>Coyle Middle School</t>
   </si>
   <si>
     <t xml:space="preserve"> 9/5/2025</t>
   </si>
   <si>
     <t>Sachse High School Cheer Booster</t>
   </si>
   <si>
     <t>Garland ISD Swim Booster</t>
   </si>
   <si>
     <t>Garland ISD</t>
   </si>
   <si>
     <t>Hudson Middle School Band Booster</t>
   </si>
   <si>
     <t>Hudson Middle School</t>
   </si>
   <si>
-    <t>South Garland Royal Legacy Booster</t>
-[...1 lines deleted...]
-  <si>
     <t>Sachse High School Lady Mustangs Athletic Booster</t>
   </si>
   <si>
     <t>Lakeview High School Baseball Booster</t>
   </si>
   <si>
     <t>Garland High School Lady Owls Booster</t>
   </si>
   <si>
     <t>Classical Center Brandenburg Band Booster</t>
   </si>
   <si>
     <t>Classical Center Brandenburg</t>
   </si>
   <si>
     <t>Classical Center Brandenburg Choir Booste</t>
   </si>
   <si>
     <t>Garland High School Academic Decathlon Booster</t>
   </si>
   <si>
     <t>Garland High School Band Booster</t>
   </si>
   <si>
     <t>Garland High School Baseball Booster</t>
@@ -235,50 +232,74 @@
     <t>Sachse High School Class of 2027</t>
   </si>
   <si>
     <t>Sachse High School Football Booster</t>
   </si>
   <si>
     <t>South Garland High School Band Booster</t>
   </si>
   <si>
     <t>South Garland High School Boys Baseball Booster</t>
   </si>
   <si>
     <t>South Garland High School Cheer Booster</t>
   </si>
   <si>
     <t>Sachse High School Theater Booster</t>
   </si>
   <si>
     <t>Rowlett High School Band Booster</t>
   </si>
   <si>
     <t>South Garland High School Boys Basketball</t>
   </si>
   <si>
     <t>Rowlett High School Soaring Eagles Boys Basketball Booster</t>
+  </si>
+  <si>
+    <t>Garland High School Owls Boys Basketball Booster</t>
+  </si>
+  <si>
+    <t>Lakeview High School Football Booster</t>
+  </si>
+  <si>
+    <t>Rowlett High School SRD Bootbackers Booster</t>
+  </si>
+  <si>
+    <t>Garland High School Class of 2027 Booster</t>
+  </si>
+  <si>
+    <t>North Garland High School Baseball Booster</t>
+  </si>
+  <si>
+    <t>Rowlett High School Volleyball Booster</t>
+  </si>
+  <si>
+    <t>Sachse High School Robotics Booster</t>
+  </si>
+  <si>
+    <t>South Garland High School Royal Legacy Booster</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -657,679 +678,721 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A8F64DD2-D369-415E-B204-C9968892770D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C62"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="D30" sqref="D30"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="70" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="62.140625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="60.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="44.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="33.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="70" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" s="7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C2" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C3" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8">
         <v>45912</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="8">
         <v>45912</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="8">
         <v>45898</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A9" s="9" t="s">
-        <v>40</v>
+      <c r="A9" s="6" t="s">
+        <v>72</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C11" s="8" t="s">
-        <v>21</v>
+      <c r="C11" s="8">
+        <v>45915</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C12" s="8">
-        <v>45911</v>
+      <c r="C12" s="8" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="8">
-        <v>45915</v>
+        <v>45911</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="9" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A15" s="6" t="s">
-        <v>45</v>
+      <c r="A15" s="9" t="s">
+        <v>42</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="C15" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="C16" s="8">
-        <v>45910</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="8">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C18" s="8">
+        <v>45910</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B17" s="7" t="s">
+      <c r="B19" s="7" t="s">
         <v>29</v>
-      </c>
-[...20 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C19" s="8">
         <v>45910</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A20" s="6" t="s">
-        <v>14</v>
+      <c r="A20" s="9" t="s">
+        <v>45</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C20" s="8">
-        <v>45895</v>
+      <c r="C20" s="8" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A21" s="6" t="s">
-        <v>47</v>
+      <c r="A21" s="9" t="s">
+        <v>31</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C21" s="8" t="s">
-        <v>48</v>
+      <c r="C21" s="8">
+        <v>45910</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A22" t="s">
-        <v>17</v>
+      <c r="A22" s="6" t="s">
+        <v>14</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="8">
+        <v>45895</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" s="8">
         <v>45902</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A23" s="9" t="s">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C26" s="8">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="7" t="s">
-[...18 lines deleted...]
-      <c r="A25" s="6" t="s">
+      <c r="B27" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="B25" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="8">
+      <c r="C27" s="8">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C28" s="8">
         <v>45912</v>
       </c>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-    </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A29" s="9" t="s">
-        <v>18</v>
+      <c r="A29" s="6" t="s">
+        <v>73</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="8">
-        <v>45902</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A30" s="9" t="s">
-        <v>55</v>
+      <c r="A30" s="10" t="s">
+        <v>7</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C30" s="8">
-        <v>45915</v>
+        <v>45889</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="9" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>8</v>
+      </c>
+      <c r="C31" s="8">
+        <v>45915</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C32" s="8">
-        <v>45905</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A33" s="6" t="s">
-        <v>56</v>
+      <c r="A33" s="9" t="s">
+        <v>18</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C33" s="8">
-        <v>45912</v>
+        <v>45902</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A34" s="9" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A35" s="9" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C35" s="8">
-        <v>45915</v>
+      <c r="C35" s="8" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A36" s="6" t="s">
-        <v>9</v>
+      <c r="A36" s="9" t="s">
+        <v>19</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="8">
-        <v>45895</v>
+        <v>45905</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A37" s="9" t="s">
-        <v>58</v>
+      <c r="A37" s="6" t="s">
+        <v>55</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C37" s="8">
-        <v>45915</v>
+        <v>45912</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A38" s="9" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C38" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A39" s="6" t="s">
-        <v>25</v>
+      <c r="A39" s="9" t="s">
+        <v>68</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C39" s="8">
-        <v>45905</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C40" s="8">
-        <v>45915</v>
+        <v>45895</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A41" s="9" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C41" s="8">
-        <v>45912</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C42" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A43" s="6" t="s">
-        <v>31</v>
+      <c r="A43" s="9" t="s">
+        <v>57</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="8">
-        <v>45910</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A44" s="6" t="s">
-        <v>11</v>
+      <c r="A44" s="9" t="s">
+        <v>58</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C44" s="8">
-        <v>45895</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A45" s="6" t="s">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="B45" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C45" s="8">
-        <v>45889</v>
+        <v>45905</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A46" s="10" t="s">
-        <v>66</v>
+      <c r="A46" s="6" t="s">
+        <v>59</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C46" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A47" s="6" t="s">
-        <v>63</v>
+      <c r="A47" s="9" t="s">
+        <v>60</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C47" s="8">
-        <v>45910</v>
+        <v>45912</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A48" s="6" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="C48" s="11">
+        <v>6</v>
+      </c>
+      <c r="C48" s="8">
         <v>45915</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A49" s="9" t="s">
-        <v>68</v>
+      <c r="A49" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C49" s="8">
-        <v>45915</v>
+        <v>45910</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A50" s="6" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C50" s="8">
-        <v>45915</v>
+        <v>45895</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A51" s="6" t="s">
-        <v>4</v>
+        <v>75</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C51" s="8">
-        <v>45889</v>
+        <v>45915</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A52" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C52" s="8">
+        <v>45889</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C53" s="8">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C54" s="8">
+        <v>45910</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C55" s="11">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C56" s="8">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A57" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C57" s="8">
+        <v>45915</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C58" s="8">
+        <v>45889</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B52" s="7" t="s">
+      <c r="B59" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C52" s="8">
+      <c r="C59" s="8">
         <v>45895</v>
       </c>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B53" s="7" t="s">
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A60" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B60" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C53" s="8">
+      <c r="C60" s="8">
         <v>45910</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="C60" s="8"/>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A61" s="9"/>
       <c r="B61" s="7"/>
       <c r="C61" s="8"/>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A62" s="9"/>
       <c r="B62" s="7"/>
       <c r="C62" s="8"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:C56" xr:uid="{E6E02D69-D9B3-4218-ACE3-CA0F7E5E3D33}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C56">
       <sortCondition ref="A1:A56"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>